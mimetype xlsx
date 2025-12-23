--- v0 (2025-11-04)
+++ v1 (2025-12-23)
@@ -1,71 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11108"/>
-  <workbookPr/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/imac/Downloads/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\tareas\octubre\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E122687C-E1CE-284B-8D7D-D4D5F6B26C2F}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E40C9621-2D17-4B9C-83C3-32C95228479E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="460" windowWidth="15580" windowHeight="9100" xr2:uid="{0F430F3F-DD61-4245-82A8-0024FF238015}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="19416" windowHeight="13896" xr2:uid="{0F430F3F-DD61-4245-82A8-0024FF238015}"/>
   </bookViews>
   <sheets>
     <sheet name="Funcionarios " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="522" uniqueCount="216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="528" uniqueCount="218">
   <si>
     <t>#</t>
   </si>
   <si>
     <t xml:space="preserve">Departamento </t>
   </si>
   <si>
     <t xml:space="preserve">Área </t>
   </si>
   <si>
     <t xml:space="preserve">Nombre persona funcionaria </t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Gabriela Madrigal Garro</t>
   </si>
   <si>
     <t xml:space="preserve">Leslie Naranjo Barboza </t>
   </si>
   <si>
     <t>Daniel Sequeira Arias</t>
   </si>
   <si>
@@ -566,53 +577,50 @@
   <si>
     <t>UPH</t>
   </si>
   <si>
     <t>Jaime Rodriguez Sanchez</t>
   </si>
   <si>
     <t xml:space="preserve">UPH </t>
   </si>
   <si>
     <t>Mac Donald Bolaños Araya</t>
   </si>
   <si>
     <t>Fanny Obando Fernández</t>
   </si>
   <si>
     <t>Ericka Gómez ChavarrÍa</t>
   </si>
   <si>
     <t>Noelia Soto Miranda</t>
   </si>
   <si>
     <t>Alexander Alpízar Segura</t>
   </si>
   <si>
-    <t>David Scott Anglin</t>
-[...1 lines deleted...]
-  <si>
     <t>Daniel Vargas León</t>
   </si>
   <si>
     <t>Jessica Peralta Quesada</t>
   </si>
   <si>
     <t>Alejandro Sánchez Salazar</t>
   </si>
   <si>
     <t>DGPF</t>
   </si>
   <si>
     <t>Yerlin Barrantes Ortega</t>
   </si>
   <si>
     <t>Roberto Cruz Morales</t>
   </si>
   <si>
     <t>UACS</t>
   </si>
   <si>
     <t>Karina López Garcia</t>
   </si>
   <si>
     <t>Laura Bonilla Segura</t>
@@ -669,57 +677,66 @@
     <t xml:space="preserve">UCP-recepción </t>
   </si>
   <si>
     <t xml:space="preserve">DEPARTAMENTO DE URBANISMO </t>
   </si>
   <si>
     <t xml:space="preserve">DIRECCION DE URBANISMO Y VIVIENDA </t>
   </si>
   <si>
     <t xml:space="preserve">DEPARTAMENTO ADMINISTRATIVO Y FINANCIERO </t>
   </si>
   <si>
     <t xml:space="preserve">GERENCIA GENERAL </t>
   </si>
   <si>
     <t>PRESIDENCIA EJECUTIVA</t>
   </si>
   <si>
     <t xml:space="preserve">DEPARTAMENTO PROYECTOS HABITACIONALES </t>
   </si>
   <si>
     <t>DEPARTAMENTO DE PROGRAMAS DE FINANCIAMIENTO</t>
   </si>
   <si>
     <t>Robert Garita Hernández</t>
+  </si>
+  <si>
+    <t>Roy León Rodriguez</t>
+  </si>
+  <si>
+    <t>Jose Mendoza Soto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Diana Araya Rodríguez </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="0"/>
       <name val="Helvetica"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
@@ -1224,3036 +1241,3070 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{94652025-880F-4D5F-A03E-02DBE55E7133}">
-  <dimension ref="A1:E179"/>
+  <dimension ref="A1:E181"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A2" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7"/>
+    <sheetView tabSelected="1" topLeftCell="A156" workbookViewId="0">
+      <selection activeCell="G9" sqref="G9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="6.6640625" customWidth="1"/>
-    <col min="2" max="2" width="8.83203125" customWidth="1"/>
-    <col min="3" max="3" width="14.1640625" customWidth="1"/>
+    <col min="2" max="2" width="8.77734375" customWidth="1"/>
+    <col min="3" max="3" width="14.109375" customWidth="1"/>
     <col min="4" max="4" width="45" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="34">
+    <row r="1" spans="1:5" ht="30" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="2" t="s">
-        <v>206</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:5">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A2" s="14" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B2" s="15"/>
       <c r="C2" s="15"/>
       <c r="D2" s="16"/>
       <c r="E2" s="12"/>
     </row>
-    <row r="3" spans="1:5">
+    <row r="3" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A3" s="10">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E3" s="5"/>
     </row>
-    <row r="4" spans="1:5">
+    <row r="4" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A4" s="10">
         <v>2</v>
       </c>
       <c r="B4" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D4" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E4" s="5">
         <v>224</v>
       </c>
     </row>
-    <row r="5" spans="1:5">
+    <row r="5" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A5" s="10">
         <v>3</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="6" t="s">
-        <v>7</v>
-[...3 lines deleted...]
-    <row r="6" spans="1:5">
+        <v>215</v>
+      </c>
+      <c r="E5" s="5">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A6" s="10">
         <v>4</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="8" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>9</v>
+        <v>216</v>
       </c>
       <c r="E6" s="5">
-        <v>90</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A7" s="10">
         <v>5</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="8" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>10</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:5">
+        <v>217</v>
+      </c>
+      <c r="E7" s="5"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A8" s="10">
         <v>6</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="8" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="E8" s="5">
-        <v>220</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:5">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A9" s="10">
         <v>7</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="E9" s="5">
-        <v>31</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A10" s="10">
         <v>8</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="8" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E10" s="5">
-        <v>216</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A11" s="10">
         <v>9</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="8" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E11" s="5">
-        <v>249</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:5">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A12" s="10">
         <v>10</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="E12" s="5">
-        <v>221</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A13" s="10">
         <v>11</v>
       </c>
       <c r="B13" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="E13" s="5">
-        <v>222</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A14" s="10">
         <v>12</v>
       </c>
       <c r="B14" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C14" s="8" t="s">
         <v>12</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="E14" s="5">
-        <v>264</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:5">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A15" s="10">
         <v>13</v>
       </c>
       <c r="B15" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C15" s="8" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="E15" s="5">
-        <v>139</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A16" s="10">
         <v>14</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C16" s="8" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="E16" s="5">
-        <v>140</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A17" s="10">
         <v>15</v>
       </c>
       <c r="B17" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C17" s="8" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="E17" s="5">
-        <v>22</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:5">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A18" s="10">
         <v>16</v>
       </c>
       <c r="B18" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="E18" s="5">
-        <v>223</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A19" s="10">
         <v>17</v>
       </c>
       <c r="B19" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="8" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="E19" s="5">
-        <v>209</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:5">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A20" s="10">
         <v>18</v>
       </c>
       <c r="B20" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="E20" s="5">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:5">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A21" s="10">
         <v>19</v>
       </c>
       <c r="B21" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="E21" s="5">
-        <v>251</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:5">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A22" s="10">
         <v>20</v>
       </c>
       <c r="B22" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="E22" s="5">
-        <v>250</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:5">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A23" s="10">
         <v>21</v>
       </c>
       <c r="B23" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="E23" s="5">
-        <v>313</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:5">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A24" s="10">
         <v>22</v>
       </c>
       <c r="B24" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="E24" s="5">
-        <v>255</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:5">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A25" s="10">
         <v>23</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="E25" s="5">
-        <v>256</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:5">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A26" s="10">
         <v>24</v>
       </c>
       <c r="B26" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="E26" s="5">
-        <v>231</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:5">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A27" s="10">
         <v>25</v>
       </c>
       <c r="B27" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="8" t="s">
         <v>22</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="E27" s="5">
-        <v>308</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:5">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A28" s="10">
         <v>26</v>
       </c>
       <c r="B28" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="8" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="E28" s="5">
-        <v>45</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:5">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A29" s="10">
         <v>27</v>
       </c>
       <c r="B29" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="8" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="E29" s="5">
-        <v>67</v>
-[...2 lines deleted...]
-    <row r="30" spans="1:5">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A30" s="10">
         <v>28</v>
       </c>
       <c r="B30" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C30" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="E30" s="5">
-        <v>229</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:5">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A31" s="10">
         <v>29</v>
       </c>
       <c r="B31" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C31" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="E31" s="5">
-        <v>232</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:5">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="32" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A32" s="10">
         <v>30</v>
       </c>
       <c r="B32" s="4" t="s">
         <v>4</v>
       </c>
       <c r="C32" s="8" t="s">
         <v>34</v>
       </c>
       <c r="D32" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E32" s="5">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A33" s="10">
+        <v>31</v>
+      </c>
+      <c r="B33" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D33" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E33" s="5">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A34" s="10">
+        <v>32</v>
+      </c>
+      <c r="B34" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D34" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E34" s="5">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A35" s="10">
+        <v>33</v>
+      </c>
+      <c r="B35" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="E32" s="5">
+      <c r="E35" s="5">
         <v>233</v>
       </c>
     </row>
-    <row r="33" spans="1:5">
-[...57 lines deleted...]
-    <row r="37" spans="1:5">
+    <row r="36" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A36" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="B36" s="15"/>
+      <c r="C36" s="15"/>
+      <c r="D36" s="16"/>
+      <c r="E36" s="5"/>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A37" s="10">
         <v>34</v>
       </c>
       <c r="B37" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C37" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="D37" s="6" t="s">
-[...6 lines deleted...]
-    <row r="38" spans="1:5">
+      <c r="D37" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="E37" s="5"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A38" s="10">
         <v>35</v>
       </c>
       <c r="B38" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C38" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="E38" s="5">
-        <v>243</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:5">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A39" s="10">
         <v>36</v>
       </c>
       <c r="B39" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C39" s="8" t="s">
         <v>40</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="E39" s="5">
-        <v>314</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A40" s="10">
         <v>37</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C40" s="8" t="s">
-        <v>47</v>
-[...6 lines deleted...]
-    <row r="41" spans="1:5">
+        <v>40</v>
+      </c>
+      <c r="D40" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E40" s="5">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A41" s="10">
         <v>38</v>
       </c>
       <c r="B41" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C41" s="8" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="E41" s="5">
-        <v>237</v>
-[...2 lines deleted...]
-    <row r="42" spans="1:5">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A42" s="10">
         <v>39</v>
       </c>
       <c r="B42" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C42" s="8" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="E42" s="5">
-        <v>283</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:5">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A43" s="10">
         <v>40</v>
       </c>
       <c r="B43" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>50</v>
-[...8 lines deleted...]
-    <row r="44" spans="1:5">
+        <v>47</v>
+      </c>
+      <c r="D43" s="13" t="s">
+        <v>48</v>
+      </c>
+      <c r="E43" s="5"/>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A44" s="10">
         <v>41</v>
       </c>
       <c r="B44" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="E44" s="5">
-        <v>248</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:5">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A45" s="10">
         <v>42</v>
       </c>
       <c r="B45" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C45" s="8" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="E45" s="5">
-        <v>257</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:5">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A46" s="10">
         <v>43</v>
       </c>
       <c r="B46" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C46" s="8" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E46" s="5">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:5">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A47" s="10">
         <v>44</v>
       </c>
       <c r="B47" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C47" s="8" t="s">
         <v>53</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E47" s="5">
-        <v>262</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:5">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A48" s="10">
         <v>45</v>
       </c>
       <c r="B48" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C48" s="8" t="s">
-        <v>207</v>
+        <v>53</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="E48" s="5">
-        <v>154</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:5">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A49" s="10">
         <v>46</v>
       </c>
       <c r="B49" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="E49" s="5">
-        <v>286</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:5">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A50" s="10">
         <v>47</v>
       </c>
       <c r="B50" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="D50" s="6" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="E50" s="5">
-        <v>289</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:5">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A51" s="10">
         <v>48</v>
       </c>
       <c r="B51" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C51" s="8" t="s">
-        <v>59</v>
+        <v>206</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="E51" s="5">
-        <v>292</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:5">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A52" s="10">
         <v>49</v>
       </c>
       <c r="B52" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C52" s="8" t="s">
         <v>59</v>
       </c>
       <c r="D52" s="6" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="E52" s="5">
-        <v>293</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:5">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A53" s="10">
         <v>50</v>
       </c>
       <c r="B53" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C53" s="8" t="s">
         <v>59</v>
       </c>
       <c r="D53" s="6" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E53" s="5">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:5">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A54" s="10">
         <v>51</v>
       </c>
       <c r="B54" s="4" t="s">
         <v>40</v>
       </c>
       <c r="C54" s="8" t="s">
         <v>59</v>
       </c>
       <c r="D54" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="E54" s="5">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A55" s="10">
+        <v>52</v>
+      </c>
+      <c r="B55" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="E55" s="5">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A56" s="10">
+        <v>53</v>
+      </c>
+      <c r="B56" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D56" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E56" s="5">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A57" s="10">
+        <v>54</v>
+      </c>
+      <c r="B57" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="D57" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="E54" s="5">
+      <c r="E57" s="5">
         <v>297</v>
       </c>
     </row>
-    <row r="55" spans="1:5">
-[...9 lines deleted...]
-      <c r="A56" s="3">
+    <row r="58" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A58" s="14" t="s">
+        <v>209</v>
+      </c>
+      <c r="B58" s="15"/>
+      <c r="C58" s="15"/>
+      <c r="D58" s="16"/>
+      <c r="E58" s="5"/>
+    </row>
+    <row r="59" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A59" s="3">
         <v>52</v>
       </c>
-      <c r="B56" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D56" s="6" t="s">
+      <c r="B59" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D59" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="E56" s="5">
+      <c r="E59" s="5">
         <v>258</v>
       </c>
     </row>
-    <row r="57" spans="1:5">
-      <c r="A57" s="3">
+    <row r="60" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A60" s="3">
         <v>53</v>
       </c>
-      <c r="B57" s="4" t="s">
-[...5 lines deleted...]
-      <c r="D57" s="6" t="s">
+      <c r="B60" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D60" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="E57" s="5">
+      <c r="E60" s="5">
         <v>269</v>
       </c>
     </row>
-    <row r="58" spans="1:5">
-      <c r="A58" s="3">
+    <row r="61" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A61" s="3">
         <v>54</v>
-      </c>
-[...47 lines deleted...]
-        <v>58</v>
       </c>
       <c r="B61" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C61" s="8" t="s">
         <v>69</v>
       </c>
-      <c r="D61" s="6" t="s">
-[...6 lines deleted...]
-    <row r="62" spans="1:5">
+      <c r="D61" s="13" t="s">
+        <v>70</v>
+      </c>
+      <c r="E61" s="5"/>
+    </row>
+    <row r="62" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A62" s="3">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="B62" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C62" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E62" s="5">
-        <v>298</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:5">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A63" s="3">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B63" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C63" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="E63" s="5">
-        <v>301</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:5">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A64" s="3">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B64" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C64" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="E64" s="5">
-        <v>299</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:5">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A65" s="3">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B65" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C65" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="E65" s="5">
-        <v>252</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:5">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A66" s="3">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B66" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C66" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="E66" s="5">
-        <v>300</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:5">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A67" s="3">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B67" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C67" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-    <row r="68" spans="1:5">
+        <v>76</v>
+      </c>
+      <c r="E67" s="5">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A68" s="3">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B68" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C68" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E68" s="5">
-        <v>306</v>
-[...2 lines deleted...]
-    <row r="69" spans="1:5">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A69" s="3">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B69" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C69" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="E69" s="5">
-        <v>303</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:5">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A70" s="3">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B70" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C70" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>82</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:5">
+        <v>79</v>
+      </c>
+      <c r="E70" s="5"/>
+    </row>
+    <row r="71" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A71" s="3">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B71" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C71" s="8" t="s">
         <v>69</v>
       </c>
       <c r="D71" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="E71" s="5">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A72" s="3">
+        <v>67</v>
+      </c>
+      <c r="B72" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D72" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="E72" s="5">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="73" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A73" s="3">
+        <v>68</v>
+      </c>
+      <c r="B73" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E73" s="5">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A74" s="3">
+        <v>69</v>
+      </c>
+      <c r="B74" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="D74" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="E71" s="5">
+      <c r="E74" s="5">
         <v>302</v>
       </c>
     </row>
-    <row r="72" spans="1:5">
-      <c r="A72" s="3">
+    <row r="75" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A75" s="3">
         <v>70</v>
       </c>
-      <c r="B72" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C72" s="8" t="s">
+      <c r="B75" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C75" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="D72" s="6" t="s">
+      <c r="D75" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="E72" s="5">
+      <c r="E75" s="5">
         <v>132</v>
       </c>
     </row>
-    <row r="73" spans="1:5">
-      <c r="A73" s="3">
+    <row r="76" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A76" s="3">
         <v>71</v>
       </c>
-      <c r="B73" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C73" s="8" t="s">
+      <c r="B76" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C76" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="D73" s="6" t="s">
+      <c r="D76" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="E73" s="5">
+      <c r="E76" s="5">
         <v>271</v>
       </c>
     </row>
-    <row r="74" spans="1:5">
-      <c r="A74" s="3">
+    <row r="77" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A77" s="3">
         <v>72</v>
       </c>
-      <c r="B74" s="4" t="s">
-[...2 lines deleted...]
-      <c r="C74" s="8" t="s">
+      <c r="B77" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C77" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="D74" s="6" t="s">
+      <c r="D77" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="E74" s="5">
+      <c r="E77" s="5">
         <v>273</v>
       </c>
     </row>
-    <row r="75" spans="1:5">
-      <c r="A75" s="3">
+    <row r="78" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A78" s="3">
         <v>73</v>
       </c>
-      <c r="B75" s="11" t="s">
-[...2 lines deleted...]
-      <c r="C75" s="6" t="s">
+      <c r="B78" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C78" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="D75" s="6" t="s">
+      <c r="D78" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="E75" s="5">
+      <c r="E78" s="5">
         <v>263</v>
       </c>
     </row>
-    <row r="76" spans="1:5" ht="15" customHeight="1">
-      <c r="A76" s="3">
+    <row r="79" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="3">
         <v>74</v>
-      </c>
-[...49 lines deleted...]
-        <v>77</v>
       </c>
       <c r="B79" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="E79" s="5">
-        <v>134</v>
-[...2 lines deleted...]
-    <row r="80" spans="1:5" ht="15" customHeight="1">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="3">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B80" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="E80" s="5">
-        <v>135</v>
-[...2 lines deleted...]
-    <row r="81" spans="1:5" ht="14.5" customHeight="1">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="3">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B81" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>90</v>
       </c>
       <c r="D81" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="E81" s="5">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="16.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="3">
+        <v>77</v>
+      </c>
+      <c r="B82" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D82" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="E82" s="5">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="3">
+        <v>78</v>
+      </c>
+      <c r="B83" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D83" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E83" s="5">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="3">
+        <v>79</v>
+      </c>
+      <c r="B84" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="D84" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="E81" s="5">
+      <c r="E84" s="5">
         <v>136</v>
       </c>
     </row>
-    <row r="82" spans="1:5" ht="15" customHeight="1">
-      <c r="A82" s="3">
+    <row r="85" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="3">
         <v>80</v>
-      </c>
-[...49 lines deleted...]
-        <v>83</v>
       </c>
       <c r="B85" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>97</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="E85" s="5">
-        <v>73</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:5" ht="15.5" customHeight="1">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A86" s="3">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B86" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>97</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="E86" s="5">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:5" ht="18" customHeight="1">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A87" s="3">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B87" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C87" s="6" t="s">
         <v>97</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E87" s="5">
-        <v>296</v>
-[...2 lines deleted...]
-    <row r="88" spans="1:5" ht="16.25" customHeight="1">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A88" s="3">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B88" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>97</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="E88" s="5">
-        <v>147</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:5" ht="19.25" customHeight="1">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="3">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B89" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>97</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E89" s="5">
-        <v>66</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:5" ht="17.5" customHeight="1">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A90" s="3">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="B90" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C90" s="6" t="s">
         <v>97</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="E90" s="5">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:5" ht="15.5" customHeight="1">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" ht="16.2" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="3">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="B91" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>97</v>
       </c>
       <c r="D91" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="E91" s="5">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" ht="19.2" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A92" s="3">
+        <v>87</v>
+      </c>
+      <c r="B92" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D92" s="6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E92" s="5">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" ht="17.399999999999999" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A93" s="3">
+        <v>88</v>
+      </c>
+      <c r="B93" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D93" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="E93" s="5">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A94" s="3">
+        <v>89</v>
+      </c>
+      <c r="B94" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="D94" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="E91" s="5">
+      <c r="E94" s="5">
         <v>68</v>
       </c>
     </row>
-    <row r="92" spans="1:5" ht="15" customHeight="1">
-      <c r="A92" s="3">
+    <row r="95" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A95" s="3">
         <v>90</v>
-      </c>
-[...49 lines deleted...]
-        <v>93</v>
       </c>
       <c r="B95" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="E95" s="5">
-        <v>312</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:5" ht="15.5" customHeight="1">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" ht="18.600000000000001" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="3">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B96" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E96" s="5">
-        <v>100</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:5" ht="15.5" customHeight="1">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="3">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B97" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D97" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="E97" s="5">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" ht="16.8" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="3">
+        <v>93</v>
+      </c>
+      <c r="B98" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C98" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D98" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="E98" s="5">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A99" s="3">
+        <v>94</v>
+      </c>
+      <c r="B99" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="E99" s="5">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="100" spans="1:5" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="3">
+        <v>95</v>
+      </c>
+      <c r="B100" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C100" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="D100" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="E97" s="5">
+      <c r="E100" s="5">
         <v>70</v>
       </c>
     </row>
-    <row r="98" spans="1:5">
-      <c r="A98" s="3">
+    <row r="101" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A101" s="3">
         <v>96</v>
-      </c>
-[...49 lines deleted...]
-        <v>99</v>
       </c>
       <c r="B101" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C101" s="8" t="s">
         <v>115</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="E101" s="5">
-        <v>279</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:5">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A102" s="3">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B102" s="4" t="s">
         <v>66</v>
       </c>
       <c r="C102" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="D102" s="13" t="s">
+      <c r="D102" s="6" t="s">
+        <v>117</v>
+      </c>
+      <c r="E102" s="5">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A103" s="3">
+        <v>98</v>
+      </c>
+      <c r="B103" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D103" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E103" s="5">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A104" s="3">
+        <v>99</v>
+      </c>
+      <c r="B104" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C104" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="E104" s="5">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A105" s="3">
+        <v>100</v>
+      </c>
+      <c r="B105" s="4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C105" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D105" s="13" t="s">
         <v>120</v>
       </c>
-      <c r="E102" s="5"/>
-[...11 lines deleted...]
-      <c r="A104" s="3">
+      <c r="E105" s="5"/>
+    </row>
+    <row r="106" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A106" s="14" t="s">
+        <v>208</v>
+      </c>
+      <c r="B106" s="15"/>
+      <c r="C106" s="15"/>
+      <c r="D106" s="16"/>
+      <c r="E106" s="5"/>
+    </row>
+    <row r="107" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A107" s="3">
         <v>101</v>
-      </c>
-[...49 lines deleted...]
-        <v>104</v>
       </c>
       <c r="B107" s="7" t="s">
         <v>121</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D107" s="6" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="E107" s="5">
-        <v>129</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:5">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A108" s="3">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B108" s="7" t="s">
         <v>121</v>
       </c>
       <c r="C108" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E108" s="5">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A109" s="3">
+        <v>103</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="E109" s="5">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A110" s="3">
+        <v>104</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C110" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D108" s="6" t="s">
+      <c r="D110" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="E110" s="5">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A111" s="3">
+        <v>105</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D111" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="E108" s="5">
+      <c r="E111" s="5">
         <v>137</v>
       </c>
     </row>
-    <row r="109" spans="1:5">
-[...9 lines deleted...]
-      <c r="A110" s="10">
+    <row r="112" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A112" s="14" t="s">
+        <v>207</v>
+      </c>
+      <c r="B112" s="15"/>
+      <c r="C112" s="15"/>
+      <c r="D112" s="16"/>
+      <c r="E112" s="5"/>
+    </row>
+    <row r="113" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A113" s="10">
         <v>106</v>
-      </c>
-[...47 lines deleted...]
-        <v>109</v>
       </c>
       <c r="B113" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C113" s="8" t="s">
         <v>128</v>
       </c>
-      <c r="D113" s="6" t="s">
-[...6 lines deleted...]
-    <row r="114" spans="1:5">
+      <c r="D113" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="E113" s="5"/>
+    </row>
+    <row r="114" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A114" s="10">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B114" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C114" s="8" t="s">
-        <v>50</v>
+        <v>128</v>
       </c>
       <c r="D114" s="6" t="s">
-        <v>133</v>
+        <v>130</v>
       </c>
       <c r="E114" s="5">
-        <v>8</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:5">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="115" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A115" s="10">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B115" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C115" s="8" t="s">
-        <v>50</v>
+        <v>128</v>
       </c>
       <c r="D115" s="6" t="s">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="E115" s="5">
-        <v>32</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:5">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A116" s="10">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B116" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C116" s="8" t="s">
-        <v>50</v>
-[...6 lines deleted...]
-    <row r="117" spans="1:5">
+        <v>128</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E116" s="5">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="117" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A117" s="10">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B117" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C117" s="8" t="s">
         <v>50</v>
       </c>
       <c r="D117" s="6" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="E117" s="5">
-        <v>287</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:5">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A118" s="10">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B118" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C118" s="8" t="s">
-        <v>137</v>
+        <v>50</v>
       </c>
       <c r="D118" s="6" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="E118" s="5">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:5">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="119" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A119" s="10">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B119" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C119" s="8" t="s">
-        <v>139</v>
+        <v>50</v>
       </c>
       <c r="D119" s="13" t="s">
-        <v>140</v>
-[...5 lines deleted...]
-    <row r="120" spans="1:5">
+        <v>135</v>
+      </c>
+      <c r="E119" s="5"/>
+    </row>
+    <row r="120" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A120" s="10">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="B120" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C120" s="8" t="s">
-        <v>137</v>
+        <v>50</v>
       </c>
       <c r="D120" s="6" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="E120" s="5">
-        <v>29</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:5">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="121" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A121" s="10">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B121" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C121" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D121" s="6" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="E121" s="5">
-        <v>36</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:5">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="122" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A122" s="10">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="B122" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C122" s="8" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>139</v>
+      </c>
+      <c r="D122" s="13" t="s">
+        <v>140</v>
       </c>
       <c r="E122" s="5">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:5">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="123" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A123" s="10">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B123" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C123" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D123" s="6" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="E123" s="5">
-        <v>47</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:5">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="124" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A124" s="10">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B124" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C124" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D124" s="6" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="E124" s="5">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:5">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A125" s="10">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B125" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C125" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D125" s="6" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="E125" s="5">
-        <v>295</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:5">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="126" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A126" s="10">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="B126" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C126" s="8" t="s">
         <v>137</v>
       </c>
       <c r="D126" s="6" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="E126" s="5">
-        <v>201</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:5">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A127" s="10">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B127" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C127" s="8" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="D127" s="6" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="E127" s="5">
-        <v>9</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:5">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A128" s="10">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B128" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C128" s="8" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="D128" s="6" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E128" s="5">
-        <v>10</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:5">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A129" s="10">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B129" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="D129" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="E129" s="5">
-        <v>11</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:5">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A130" s="10">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B130" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C130" s="8" t="s">
         <v>148</v>
       </c>
-      <c r="D130" s="13" t="s">
-[...4 lines deleted...]
-    <row r="131" spans="1:5">
+      <c r="D130" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="E130" s="5">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A131" s="10">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B131" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C131" s="8" t="s">
         <v>148</v>
       </c>
       <c r="D131" s="6" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="E131" s="5">
-        <v>13</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:5">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A132" s="10">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B132" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C132" s="8" t="s">
         <v>148</v>
       </c>
       <c r="D132" s="6" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="E132" s="5">
-        <v>14</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:5">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A133" s="10">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B133" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C133" s="8" t="s">
         <v>148</v>
       </c>
-      <c r="D133" s="6" t="s">
-[...6 lines deleted...]
-    <row r="134" spans="1:5">
+      <c r="D133" s="13" t="s">
+        <v>152</v>
+      </c>
+      <c r="E133" s="5"/>
+    </row>
+    <row r="134" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A134" s="10">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B134" s="4" t="s">
         <v>128</v>
       </c>
       <c r="C134" s="8" t="s">
         <v>148</v>
       </c>
       <c r="D134" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="E134" s="5">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A135" s="10">
+        <v>128</v>
+      </c>
+      <c r="B135" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C135" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="E135" s="5">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A136" s="10">
+        <v>129</v>
+      </c>
+      <c r="B136" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C136" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="E136" s="5">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A137" s="10">
+        <v>130</v>
+      </c>
+      <c r="B137" s="4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C137" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="D137" s="6" t="s">
         <v>156</v>
       </c>
-      <c r="E134" s="5">
+      <c r="E137" s="5">
         <v>16</v>
       </c>
     </row>
-    <row r="135" spans="1:5">
-[...9 lines deleted...]
-      <c r="A136" s="10">
+    <row r="138" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A138" s="14" t="s">
+        <v>212</v>
+      </c>
+      <c r="B138" s="15"/>
+      <c r="C138" s="15"/>
+      <c r="D138" s="16"/>
+      <c r="E138" s="5"/>
+    </row>
+    <row r="139" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A139" s="10">
         <v>131</v>
-      </c>
-[...47 lines deleted...]
-        <v>134</v>
       </c>
       <c r="B139" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C139" s="8" t="s">
-        <v>160</v>
-[...8 lines deleted...]
-    <row r="140" spans="1:5">
+        <v>157</v>
+      </c>
+      <c r="D139" s="13" t="s">
+        <v>158</v>
+      </c>
+      <c r="E139" s="5"/>
+    </row>
+    <row r="140" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A140" s="10">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B140" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C140" s="8" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D140" s="6" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="E140" s="5">
-        <v>59</v>
-[...2 lines deleted...]
-    <row r="141" spans="1:5">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A141" s="10">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B141" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C141" s="8" t="s">
         <v>160</v>
       </c>
       <c r="D141" s="6" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="E141" s="5">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:5">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A142" s="10">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B142" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C142" s="8" t="s">
         <v>160</v>
       </c>
       <c r="D142" s="6" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="E142" s="5">
-        <v>281</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:5">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A143" s="10">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B143" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C143" s="8" t="s">
         <v>160</v>
       </c>
-      <c r="D143" s="13" t="s">
-[...4 lines deleted...]
-    <row r="144" spans="1:5">
+      <c r="D143" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="E143" s="5">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A144" s="10">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B144" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C144" s="8" t="s">
         <v>160</v>
       </c>
       <c r="D144" s="6" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="E144" s="5">
-        <v>146</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:5">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A145" s="10">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B145" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C145" s="8" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="D145" s="6" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="E145" s="5">
-        <v>30</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:5">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A146" s="10">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B146" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C146" s="8" t="s">
-        <v>168</v>
-[...8 lines deleted...]
-    <row r="147" spans="1:5">
+        <v>160</v>
+      </c>
+      <c r="D146" s="13" t="s">
+        <v>166</v>
+      </c>
+      <c r="E146" s="5"/>
+    </row>
+    <row r="147" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A147" s="10">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B147" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C147" s="8" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="D147" s="6" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="E147" s="5">
-        <v>43</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:5">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A148" s="10">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B148" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C148" s="8" t="s">
         <v>168</v>
       </c>
       <c r="D148" s="6" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="E148" s="5">
-        <v>94</v>
-[...2 lines deleted...]
-    <row r="149" spans="1:5">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A149" s="10">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B149" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C149" s="8" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D149" s="6" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="E149" s="5">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A150" s="10">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B150" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C150" s="8" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="D150" s="6" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="E150" s="5">
-        <v>40</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A151" s="10">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B151" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C151" s="8" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="D151" s="6" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E151" s="5">
-        <v>41</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:5">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A152" s="10">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B152" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C152" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D152" s="6" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E152" s="5">
-        <v>44</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:5">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A153" s="10">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B153" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C153" s="8" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D153" s="6" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="E153" s="5">
-        <v>49</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:5">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A154" s="10">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="B154" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C154" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D154" s="6" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E154" s="5">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="155" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A155" s="10">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B155" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C155" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D155" s="6" t="s">
-        <v>215</v>
+        <v>178</v>
       </c>
       <c r="E155" s="5">
-        <v>51</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:5">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="156" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A156" s="10">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B156" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C156" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D156" s="6" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="E156" s="5">
-        <v>54</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:5">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="157" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A157" s="10">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B157" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C157" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D157" s="6" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="E157" s="5">
-        <v>72</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:5">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="158" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A158" s="10">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B158" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C158" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D158" s="6" t="s">
-        <v>183</v>
+        <v>214</v>
       </c>
       <c r="E158" s="5">
-        <v>53</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:5">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="159" spans="1:5" x14ac:dyDescent="0.3">
       <c r="A159" s="10">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B159" s="4" t="s">
         <v>157</v>
       </c>
       <c r="C159" s="8" t="s">
         <v>173</v>
       </c>
       <c r="D159" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="E159" s="5">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="160" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A160" s="10">
+        <v>153</v>
+      </c>
+      <c r="B160" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C160" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="E160" s="5">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A161" s="10">
+        <v>154</v>
+      </c>
+      <c r="B161" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="C161" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="D161" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="E161" s="5">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A162" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="B162" s="15"/>
+      <c r="C162" s="15"/>
+      <c r="D162" s="16"/>
+      <c r="E162" s="5"/>
+    </row>
+    <row r="163" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A163" s="10">
+        <v>155</v>
+      </c>
+      <c r="B163" s="4" t="s">
         <v>184</v>
       </c>
-      <c r="E159" s="5">
-[...13 lines deleted...]
-      <c r="A161" s="10">
+      <c r="C163" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="D163" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="E163" s="5">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A164" s="10">
+        <v>156</v>
+      </c>
+      <c r="B164" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C164" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="D164" s="13" t="s">
+        <v>186</v>
+      </c>
+      <c r="E164" s="5"/>
+    </row>
+    <row r="165" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A165" s="10">
+        <v>157</v>
+      </c>
+      <c r="B165" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C165" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D165" s="6" t="s">
+        <v>188</v>
+      </c>
+      <c r="E165" s="5">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A166" s="10">
+        <v>158</v>
+      </c>
+      <c r="B166" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C166" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D166" s="6" t="s">
+        <v>189</v>
+      </c>
+      <c r="E166" s="5">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A167" s="10">
+        <v>159</v>
+      </c>
+      <c r="B167" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C167" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D167" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="E167" s="5">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A168" s="10">
+        <v>160</v>
+      </c>
+      <c r="B168" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C168" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="E168" s="5">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A169" s="10">
+        <v>161</v>
+      </c>
+      <c r="B169" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C169" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D169" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="E169" s="5">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A170" s="10">
+        <v>162</v>
+      </c>
+      <c r="B170" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C170" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D170" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="E170" s="5"/>
+    </row>
+    <row r="171" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A171" s="10">
+        <v>163</v>
+      </c>
+      <c r="B171" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C171" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D171" s="6" t="s">
+        <v>194</v>
+      </c>
+      <c r="E171" s="5">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A172" s="10">
+        <v>164</v>
+      </c>
+      <c r="B172" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C172" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D172" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="E172" s="5">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A173" s="10">
+        <v>165</v>
+      </c>
+      <c r="B173" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C173" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D173" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="E173" s="5">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A174" s="10">
+        <v>166</v>
+      </c>
+      <c r="B174" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C174" s="8" t="s">
+        <v>187</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="E174" s="5">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A175" s="10">
+        <v>167</v>
+      </c>
+      <c r="B175" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C175" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="D175" s="6" t="s">
+        <v>199</v>
+      </c>
+      <c r="E175" s="5">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A176" s="10">
+        <v>168</v>
+      </c>
+      <c r="B176" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C176" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="D176" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="E176" s="5">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A177" s="10">
+        <v>169</v>
+      </c>
+      <c r="B177" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C177" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>201</v>
+      </c>
+      <c r="E177" s="5">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A178" s="10">
+        <v>170</v>
+      </c>
+      <c r="B178" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C178" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>202</v>
+      </c>
+      <c r="E178" s="5">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A179" s="10">
+        <v>171</v>
+      </c>
+      <c r="B179" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C179" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>203</v>
+      </c>
+      <c r="E179" s="5">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A180" s="10">
+        <v>172</v>
+      </c>
+      <c r="B180" s="4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C180" s="8" t="s">
+        <v>198</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>204</v>
+      </c>
+      <c r="E180" s="5">
         <v>155</v>
       </c>
-      <c r="B161" s="4" t="s">
-[...302 lines deleted...]
-      <c r="E179" s="9"/>
+    </row>
+    <row r="181" spans="1:5" x14ac:dyDescent="0.3">
+      <c r="A181" s="9"/>
+      <c r="B181" s="9"/>
+      <c r="C181" s="9"/>
+      <c r="D181" s="9"/>
+      <c r="E181" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A2:D2"/>
-    <mergeCell ref="A135:D135"/>
-[...4 lines deleted...]
-    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="A138:D138"/>
+    <mergeCell ref="A162:D162"/>
+    <mergeCell ref="A112:D112"/>
+    <mergeCell ref="A106:D106"/>
+    <mergeCell ref="A58:D58"/>
+    <mergeCell ref="A36:D36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Macintosh Excel</Application>
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Funcionarios </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Hazel Ureña Rojas</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>